--- v0 (2025-12-11)
+++ v1 (2026-02-24)
@@ -2032,39 +2032,38 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="13.5"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>openpyxl</dc:creator>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties">
   <property name="EM_Doc_Temp_ID" fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2">
     <vt:lpwstr>D313D241-3AD4-4140-8EEF-C7F3E2FB85DF</vt:lpwstr>
   </property>
 </Properties>
 </file>